--- v0 (2025-10-08)
+++ v1 (2026-03-21)
@@ -1,45 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="31665C48" w14:textId="1F4070D9" w:rsidR="00D929E7" w:rsidRPr="006D74F8" w:rsidRDefault="00D929E7" w:rsidP="00D929E7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -405,76 +401,76 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5078" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64597770" w14:textId="3E27E4B0" w:rsidR="00C262F5" w:rsidRPr="006D74F8" w:rsidRDefault="00C262F5" w:rsidP="00834AED">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5614" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5747F1D5" w14:textId="1157A41A" w:rsidR="00C262F5" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="00644194">
+          <w:p w14:paraId="5747F1D5" w14:textId="1157A41A" w:rsidR="00C262F5" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C" w:rsidP="00644194">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="568936647"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="2612" w14:font="Yu Gothic UI"/>
-                  <w14:uncheckedState w14:val="2610" w14:font="Yu Gothic UI"/>
+                  <w14:checkedState w14:val="2612" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Wingdings 2"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003B4F10" w:rsidRPr="006D74F8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D929E7" w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  6-</w:t>
             </w:r>
             <w:r w:rsidR="003D1585" w:rsidRPr="006D74F8">
@@ -483,52 +479,52 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>month</w:t>
             </w:r>
             <w:r w:rsidR="003D1585" w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="654265766"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="2612" w14:font="Yu Gothic UI"/>
-                  <w14:uncheckedState w14:val="2610" w14:font="Yu Gothic UI"/>
+                  <w14:checkedState w14:val="2612" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Wingdings 2"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009029AA" w:rsidRPr="006D74F8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D929E7" w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00C262F5" w:rsidRPr="006D74F8">
@@ -563,51 +559,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17B3EE30" w14:textId="77777777" w:rsidR="00D929E7" w:rsidRPr="006D74F8" w:rsidRDefault="00D929E7" w:rsidP="00D929E7">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="508C59B2" w14:textId="77777777" w:rsidR="008D12EF" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="008D12EF">
+    <w:p w14:paraId="508C59B2" w14:textId="77777777" w:rsidR="008D12EF" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C" w:rsidP="008D12EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="40FD4D54">
           <v:rect id="_x0000_i1025" style="width:364.3pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#622423" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D4AC71" w14:textId="626D9B58" w:rsidR="00662029" w:rsidRDefault="008D12EF" w:rsidP="008D12EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -782,132 +778,159 @@
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7375F54C" w14:textId="77777777" w:rsidR="00C44899" w:rsidRPr="006D74F8" w:rsidRDefault="00C44899" w:rsidP="008C7E57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F74355" w:rsidRPr="006D74F8" w14:paraId="7FE3884B" w14:textId="77777777" w:rsidTr="00F74355">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFA5033" w14:textId="77777777" w:rsidR="00F74355" w:rsidRPr="006D74F8" w:rsidRDefault="00F74355" w:rsidP="00DA6451">
+          <w:p w14:paraId="4AFA5033" w14:textId="77777777" w:rsidR="00F74355" w:rsidRPr="006D74F8" w:rsidRDefault="00F74355">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Factors Relevant to the Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F74355" w:rsidRPr="006D74F8" w14:paraId="3785A071" w14:textId="77777777" w:rsidTr="00F74355">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="56F0A84B" w14:textId="77777777" w:rsidR="00F74355" w:rsidRPr="006D74F8" w:rsidRDefault="00F74355" w:rsidP="00DA6451">
+          <w:p w14:paraId="56F0A84B" w14:textId="5FF83E7A" w:rsidR="00F74355" w:rsidRPr="006D74F8" w:rsidRDefault="00217468">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Does your workload match your expected hours? </w:t>
+            </w:r>
+            <w:r w:rsidR="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="512FF2E2" w14:textId="77777777" w:rsidR="00F74355" w:rsidRPr="006D74F8" w:rsidRDefault="00F74355" w:rsidP="00DA6451">
+              <w:t xml:space="preserve">Do you plan to return to work in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00834CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the new fiscal year?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6975399C" w14:textId="77777777" w:rsidR="00F74355" w:rsidRDefault="00F74355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4878B0E2" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRPr="006D74F8" w:rsidRDefault="00C253E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="512FF2E2" w14:textId="77777777" w:rsidR="00F74355" w:rsidRPr="006D74F8" w:rsidRDefault="00F74355">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1895BB26" w14:textId="77777777" w:rsidR="00C44899" w:rsidRDefault="00C44899" w:rsidP="00834AED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43396F41" w14:textId="77777777" w:rsidR="00834AED" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="00834AED">
+    <w:p w14:paraId="43396F41" w14:textId="77777777" w:rsidR="00834AED" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C" w:rsidP="00834AED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="3D0D1406">
           <v:rect id="_x0000_i1026" style="width:364.3pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#622423" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D6DF146" w14:textId="3E8588EC" w:rsidR="005409D2" w:rsidRPr="006D74F8" w:rsidRDefault="003D1585" w:rsidP="000F2D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -937,559 +960,573 @@
         </w:rPr>
         <w:t>Demonstration of Values</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7626020D" w14:textId="0F6866DA" w:rsidR="002F4E5D" w:rsidRPr="006D74F8" w:rsidRDefault="002F4E5D" w:rsidP="003D1585">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="113" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10682"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1C93" w:rsidRPr="006D74F8" w14:paraId="132C93DB" w14:textId="77777777" w:rsidTr="00DA143F">
+      <w:tr w:rsidR="00DF1C93" w:rsidRPr="006D74F8" w14:paraId="132C93DB" w14:textId="77777777" w:rsidTr="006368EA">
         <w:trPr>
-          <w:trHeight w:val="656"/>
+          <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="522CFCDA" w14:textId="07C58D4D" w:rsidR="00DA143F" w:rsidRDefault="00DF1C93" w:rsidP="00DA143F">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="348CA898" w14:textId="1E5896B3" w:rsidR="00DF1C93" w:rsidRPr="006D74F8" w:rsidRDefault="00DF1C93" w:rsidP="006368EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Values</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00DA143F" w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Indicate how the employee demonstrates behaviors through our values. Provide examples in the comment section</w:t>
+              <w:t xml:space="preserve"> Indicate </w:t>
             </w:r>
-            <w:r w:rsidR="00C253E8">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> how the</w:t>
+            <w:r w:rsidR="006368EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with examples </w:t>
             </w:r>
-            <w:r w:rsidR="00225CAE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> values are</w:t>
+            <w:r w:rsidR="00DA143F" w:rsidRPr="006D74F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">how the employee demonstrates behaviors through our values. </w:t>
             </w:r>
-            <w:r w:rsidR="00C253E8">
-[...33 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F03C40" w:rsidRPr="006D74F8" w14:paraId="21AAE424" w14:textId="77777777" w:rsidTr="00DA143F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="29A9EF24" w14:textId="6F66191D" w:rsidR="00B4600E" w:rsidRPr="006D74F8" w:rsidRDefault="00331BB7" w:rsidP="00B4600E">
+          <w:p w14:paraId="39C1D227" w14:textId="77777777" w:rsidR="006368EA" w:rsidRPr="00834CD3" w:rsidRDefault="006368EA" w:rsidP="006368EA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="252"/>
+                <w:tab w:val="left" w:pos="897"/>
+                <w:tab w:val="left" w:pos="1161"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1689"/>
+                <w:tab w:val="left" w:pos="1953"/>
+                <w:tab w:val="left" w:pos="2217"/>
+                <w:tab w:val="left" w:pos="2481"/>
+                <w:tab w:val="left" w:pos="2745"/>
+                <w:tab w:val="left" w:pos="3009"/>
+                <w:tab w:val="left" w:pos="3273"/>
+                <w:tab w:val="left" w:pos="3537"/>
+                <w:tab w:val="left" w:pos="3801"/>
+                <w:tab w:val="left" w:pos="4065"/>
+                <w:tab w:val="left" w:pos="4329"/>
+                <w:tab w:val="left" w:pos="4593"/>
+                <w:tab w:val="left" w:pos="4857"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00834CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">As a DCB employee, I am expected to treat guests, staff, faculty, students, and families in a cordial, civil, and respectful manner </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00834CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>at all times</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00834CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, practice the values of integrity, engagement, inclusion, and passion; communicate in a professional, positive, and respectful manner; and exhibit ethical behavior.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29A9EF24" w14:textId="6F66191D" w:rsidR="00B4600E" w:rsidRPr="00834CD3" w:rsidRDefault="00331BB7" w:rsidP="00B4600E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D74F8">
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Integrity</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B030556" w14:textId="77777777" w:rsidR="00B4600E" w:rsidRDefault="00331BB7" w:rsidP="0091447A">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006D74F8">
+          <w:p w14:paraId="262D32E8" w14:textId="37F1BAAC" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00331BB7" w:rsidP="0091447A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Values respect and honesty, adhering to ethical, data-based decision-making that promotes the mission.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="262D32E8" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
-[...8 lines deleted...]
-          <w:p w14:paraId="55B4B1AE" w14:textId="728E8D41" w:rsidR="00C253E8" w:rsidRPr="00C253E8" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
+          <w:p w14:paraId="55B4B1AE" w14:textId="728E8D41" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C253E8">
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Engagement</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33B6965E" w14:textId="20E61036" w:rsidR="00C253E8" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2DFC6FB1" w14:textId="4F93218A" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Values collaboration and active participation both in the classroom and throughout the community.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DFC6FB1" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
-[...8 lines deleted...]
-          <w:p w14:paraId="2B09A1A7" w14:textId="06158955" w:rsidR="00C253E8" w:rsidRPr="00C253E8" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
+          <w:p w14:paraId="2B09A1A7" w14:textId="06158955" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C253E8">
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Inclusion</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D96BEA1" w14:textId="77777777" w:rsidR="00657CD6" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2488E14C" w14:textId="5A7A88CB" w:rsidR="00657CD6" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Values bringing different lived experiences and a range of backgrounds into a shared environment where everyone</w:t>
             </w:r>
-            <w:r w:rsidR="00807233">
+            <w:r w:rsidR="00807233" w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2488E14C" w14:textId="77777777" w:rsidR="00657CD6" w:rsidRDefault="00657CD6" w:rsidP="0091447A">
-[...16 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="271375FA" w14:textId="29DEAF89" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>has equal access to opportunities.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="271375FA" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
-[...8 lines deleted...]
-          <w:p w14:paraId="3A0A42E3" w14:textId="32DBEB2A" w:rsidR="00C253E8" w:rsidRPr="00C253E8" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
+          <w:p w14:paraId="3A0A42E3" w14:textId="32DBEB2A" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="0091447A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C253E8">
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Passion</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21712D40" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRDefault="00C253E8" w:rsidP="00C253E8">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="774809BF" w14:textId="49A1A37B" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="00C9095E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Values a positive environment where all can find and pursue their passion.</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F74355" w:rsidRPr="006D74F8" w14:paraId="4E9E98E7" w14:textId="77777777" w:rsidTr="00DA143F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B243438" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="006D74F8">
+          <w:p w14:paraId="0B243438" w14:textId="58F5F4DB" w:rsidR="006D74F8" w:rsidRPr="00834CD3" w:rsidRDefault="006D74F8" w:rsidP="006D74F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D74F8">
+            <w:r w:rsidRPr="00834CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
-          </w:p>
-[...45 lines deleted...]
-          <w:p w14:paraId="21CCF34D" w14:textId="57D50391" w:rsidR="00F74355" w:rsidRPr="006D74F8" w:rsidRDefault="00F74355" w:rsidP="00F74355">
+            <w:r w:rsidR="006368EA" w:rsidRPr="00834CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Measuring Examples</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8543A" w:rsidRPr="00834CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Manager Powerpoint</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="218205BE" w14:textId="66A58195" w:rsidR="006368EA" w:rsidRPr="00834CD3" w:rsidRDefault="006368EA" w:rsidP="006D74F8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FAC628D" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="00F74355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1861133E" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="00F74355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3563FB7D" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="00F74355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41F879EE" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRPr="00834CD3" w:rsidRDefault="00C253E8" w:rsidP="00F74355">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21CCF34D" w14:textId="57D50391" w:rsidR="00F74355" w:rsidRPr="00834CD3" w:rsidRDefault="00F74355" w:rsidP="00F74355">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B80BE36" w14:textId="77777777" w:rsidR="005E416E" w:rsidRPr="006D74F8" w:rsidRDefault="005E416E" w:rsidP="005E416E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="450E18E0" w14:textId="77777777" w:rsidR="005E416E" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="005E416E">
+    <w:p w14:paraId="450E18E0" w14:textId="77777777" w:rsidR="005E416E" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C" w:rsidP="005E416E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="39C5EDC4">
           <v:rect id="_x0000_i1027" style="width:364.3pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#622423" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="57756B74" w14:textId="0812F669" w:rsidR="006D74F8" w:rsidRDefault="00A33948" w:rsidP="000D4CDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
       <w:r w:rsidR="000D4CDA" w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006D74F8" w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Goals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4C7C2D" w14:textId="334850EA" w:rsidR="00C253E8" w:rsidRPr="00225CAE" w:rsidRDefault="00C253E8" w:rsidP="000D4CDA">
+    <w:p w14:paraId="2A4C7C2D" w14:textId="46B93968" w:rsidR="00C253E8" w:rsidRPr="00225CAE" w:rsidRDefault="00C253E8" w:rsidP="000D4CDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225CAE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List professional goals set for the reviewed period and comment on the results achieved. Upon review set goals for the next period.</w:t>
+        <w:t>List professional goals set for the reviewed period and comment on the results achieved. Upon review</w:t>
+      </w:r>
+      <w:r w:rsidR="00834CD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225CAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> set goals for the next period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="242269B5" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="000D4CDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="85" w:tblpY="-6"/>
         <w:tblW w:w="10626" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5265"/>
         <w:gridCol w:w="5361"/>
       </w:tblGrid>
@@ -1614,109 +1651,117 @@
           </w:tcPr>
           <w:p w14:paraId="116F2E8C" w14:textId="77777777" w:rsidR="00C253E8" w:rsidRPr="006D74F8" w:rsidRDefault="00C253E8" w:rsidP="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002055A2" w:rsidRPr="006D74F8" w14:paraId="1001E0C1" w14:textId="77777777" w:rsidTr="002055A2">
         <w:trPr>
           <w:trHeight w:val="693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10626" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F0CE11C" w14:textId="77777777" w:rsidR="002055A2" w:rsidRDefault="002055A2" w:rsidP="006D74F8">
+          <w:p w14:paraId="1F0CE11C" w14:textId="794E3662" w:rsidR="002055A2" w:rsidRPr="00B8543A" w:rsidRDefault="002055A2" w:rsidP="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002055A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="002055A2">
+              <w:t>Next Period’s Goals</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8543A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>Next Period’s Goals</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3491CB34" w14:textId="77777777" w:rsidR="002055A2" w:rsidRDefault="002055A2" w:rsidP="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C91FA0F" w14:textId="77777777" w:rsidR="002055A2" w:rsidRDefault="002055A2" w:rsidP="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18946560" w14:textId="3404D10E" w:rsidR="002055A2" w:rsidRPr="006D74F8" w:rsidRDefault="002055A2" w:rsidP="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34678E61" w14:textId="77777777" w:rsidR="00270D11" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="00270D11">
+    <w:p w14:paraId="34678E61" w14:textId="77777777" w:rsidR="00270D11" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C" w:rsidP="00270D11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="793F4BE5">
           <v:rect id="_x0000_i1028" style="width:364.3pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#622423" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="66BAA158" w14:textId="0AA341D1" w:rsidR="00206F5A" w:rsidRPr="006D74F8" w:rsidRDefault="00206F5A" w:rsidP="00206F5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -1766,51 +1811,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00206F5A" w:rsidRPr="006D74F8" w14:paraId="3400E894" w14:textId="77777777" w:rsidTr="00343F7A">
         <w:trPr>
           <w:trHeight w:val="1142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="575A0865" w14:textId="1FEB5187" w:rsidR="00C253E8" w:rsidRPr="006D74F8" w:rsidRDefault="00C253E8" w:rsidP="00DF4962">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="77111D33" w14:textId="33FD28F5" w:rsidR="00206F5A" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D">
+    <w:p w14:paraId="77111D33" w14:textId="33FD28F5" w:rsidR="00206F5A" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="20DC06CA">
           <v:rect id="_x0000_i1029" style="width:364.3pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#622423" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="7753CC5A" w14:textId="6EAE4087" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="00206F5A" w:rsidP="006D74F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1854,383 +1899,383 @@
         </w:rPr>
         <w:t>Consider all performance criteria and indicate overall rating.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2532FA94" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="006D74F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="898"/>
         <w:gridCol w:w="9784"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D74F8" w:rsidRPr="006D74F8" w14:paraId="0F50BBDD" w14:textId="77777777" w:rsidTr="00DA6451">
+      <w:tr w:rsidR="006D74F8" w:rsidRPr="006D74F8" w14:paraId="0F50BBDD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC3C9A5" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="00DA6451">
+          <w:p w14:paraId="2FC3C9A5" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Select One</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9784" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="051B9C88" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="00DA6451">
+          <w:p w14:paraId="051B9C88" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D74F8" w:rsidRPr="006D74F8" w14:paraId="619FDB72" w14:textId="77777777" w:rsidTr="00DA6451">
+      <w:tr w:rsidR="006D74F8" w:rsidRPr="006D74F8" w14:paraId="619FDB72" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2743D871" w14:textId="6281DFE5" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="00DA6451">
+          <w:p w14:paraId="2743D871" w14:textId="6281DFE5" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1450043686"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="2612" w14:font="Yu Gothic UI"/>
-                  <w14:uncheckedState w14:val="2610" w14:font="Yu Gothic UI"/>
+                  <w14:checkedState w14:val="2612" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Wingdings 2"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C253E8">
                   <w:rPr>
                     <w:rFonts w:ascii="Yu Gothic UI" w:eastAsia="Yu Gothic UI" w:hAnsi="Yu Gothic UI" w:cs="Arial" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9784" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70D321A4" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="00DA6451">
+          <w:p w14:paraId="70D321A4" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Satisfactory</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A6DB8EB" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="00857D44">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Employee consistently meets performance objectives.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2004578F" w14:textId="387480C3" w:rsidR="00857D44" w:rsidRPr="006D74F8" w:rsidRDefault="00857D44" w:rsidP="00857D44">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D74F8" w:rsidRPr="006D74F8" w14:paraId="3CA28BEB" w14:textId="77777777" w:rsidTr="00DA6451">
+      <w:tr w:rsidR="006D74F8" w:rsidRPr="006D74F8" w14:paraId="3CA28BEB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB27DBA" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="00DA6451">
+          <w:p w14:paraId="4CB27DBA" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1020695814"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="2612" w14:font="Yu Gothic UI"/>
-                  <w14:uncheckedState w14:val="2610" w14:font="Yu Gothic UI"/>
+                  <w14:checkedState w14:val="2612" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Wingdings 2"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006D74F8" w:rsidRPr="006D74F8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Yu Gothic UI" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9784" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="768E3630" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="00DA6451">
+          <w:p w14:paraId="768E3630" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unsatisfactory</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48C1C5AD" w14:textId="1A6199C7" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="00DA6451">
+          <w:p w14:paraId="48C1C5AD" w14:textId="1A6199C7" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unacceptable performance; below expectations</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CC9499A" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="00DA6451">
+          <w:p w14:paraId="4CC9499A" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="611964EC" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="00DA6451">
+          <w:p w14:paraId="611964EC" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1153562399"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="2612" w14:font="Yu Gothic UI"/>
-                  <w14:uncheckedState w14:val="2610" w14:font="Yu Gothic UI"/>
+                  <w14:checkedState w14:val="2612" w14:font="Wingdings 2"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Wingdings 2"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006D74F8" w:rsidRPr="006D74F8">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006D74F8" w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006D74F8" w:rsidRPr="006D74F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Performance Improvement Plan (PIP) Required</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2641929E" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8" w:rsidP="00DA6451">
+          <w:p w14:paraId="2641929E" w14:textId="77777777" w:rsidR="006D74F8" w:rsidRPr="006D74F8" w:rsidRDefault="006D74F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D00F56D" w14:textId="77777777" w:rsidR="00834AED" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="00834AED">
+    <w:p w14:paraId="0D00F56D" w14:textId="77777777" w:rsidR="00834AED" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C" w:rsidP="00834AED">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="0C4F8C47">
           <v:rect id="_x0000_i1030" style="width:364.3pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#622423" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00834AED" w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2563,51 +2608,50 @@
     <w:p w14:paraId="132E8510" w14:textId="77777777" w:rsidR="00F70ADA" w:rsidRPr="006D74F8" w:rsidRDefault="00F70ADA" w:rsidP="00F70ADA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB36411" w14:textId="61C03096" w:rsidR="00F70ADA" w:rsidRPr="006D74F8" w:rsidRDefault="00F70ADA" w:rsidP="000F2D54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>_____________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="0056656E" w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F12D54A" w14:textId="085F03F9" w:rsidR="00834AED" w:rsidRPr="006D74F8" w:rsidRDefault="00834AED" w:rsidP="00834AED">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2648,50 +2692,51 @@
       </w:r>
       <w:r w:rsidR="000F2D54" w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FAFE16" w14:textId="6957BC9E" w:rsidR="00834AED" w:rsidRDefault="00834AED" w:rsidP="000F2D54">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Supervisor</w:t>
       </w:r>
       <w:r w:rsidR="00385886" w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s Signature: </w:t>
       </w:r>
       <w:r w:rsidR="00F70ADA" w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
@@ -2752,98 +2797,86 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Campus Dean Signature: _____________________________________  Date ________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54DB79FF" w14:textId="77777777" w:rsidR="00F74355" w:rsidRDefault="00F74355" w:rsidP="00F74355">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>FOR DEPARTMENT</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> DIRECTORS:</w:t>
+        <w:t>FOR DEPARTMENT DIRECTORS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3248E2BF" w14:textId="312F8178" w:rsidR="002A0F38" w:rsidRPr="006D74F8" w:rsidRDefault="00DF501D" w:rsidP="00F74355">
+    <w:p w14:paraId="3248E2BF" w14:textId="312F8178" w:rsidR="002A0F38" w:rsidRPr="006D74F8" w:rsidRDefault="009B573C" w:rsidP="00F74355">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1112285094"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
-            <w14:checkedState w14:val="2612" w14:font="Yu Gothic UI"/>
-            <w14:uncheckedState w14:val="2610" w14:font="Yu Gothic UI"/>
+            <w14:checkedState w14:val="2612" w14:font="Wingdings 2"/>
+            <w14:uncheckedState w14:val="2610" w14:font="Wingdings 2"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A0F38" w:rsidRPr="00C253E8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Yu Gothic UI" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A0F38" w:rsidRPr="00C253E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2927,79 +2960,75 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> update</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F74355" w:rsidRPr="006D74F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> as the situation warrants and to assist you at the end of the next evaluation period.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F74355" w:rsidRPr="006D74F8" w:rsidSect="00CB022C">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C8072FD" w14:textId="77777777" w:rsidR="00514442" w:rsidRDefault="00514442" w:rsidP="00E95587">
+    <w:p w14:paraId="66AE6BEC" w14:textId="77777777" w:rsidR="009B573C" w:rsidRDefault="009B573C" w:rsidP="00E95587">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="318B6140" w14:textId="77777777" w:rsidR="00514442" w:rsidRDefault="00514442" w:rsidP="00E95587">
+    <w:p w14:paraId="5DA7CCBA" w14:textId="77777777" w:rsidR="009B573C" w:rsidRDefault="009B573C" w:rsidP="00E95587">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3066,88 +3095,78 @@
     <w:panose1 w:val="020B0500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="42503DB5" w14:textId="77777777" w:rsidR="00DF501D" w:rsidRDefault="00DF501D">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-803380528"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0B48583C" w14:textId="7FAC68B7" w:rsidR="002A0F38" w:rsidRDefault="002A0F38">
+      <w:p w14:paraId="0B48583C" w14:textId="517B55CF" w:rsidR="002A0F38" w:rsidRDefault="00217468">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:pPr>
         <w:r>
-          <w:t>3-2024</w:t>
+          <w:t>3-2026</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="002A0F38">
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="002A0F38">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00DF4962">
           <w:t xml:space="preserve">Page | </w:t>
         </w:r>
         <w:r w:rsidR="00DF4962">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00DF4962">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00DF4962">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00514442">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00DF4962">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
@@ -3165,96 +3184,76 @@
           <w:t xml:space="preserve">We adapt to the changing educational landscape to empower students and impact communities through our values, providing a quality </w:t>
         </w:r>
         <w:r w:rsidR="00DF501D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>education</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve"> in a caring environment.</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="02B2E0BF" w14:textId="2A054D29" w:rsidR="00DF4962" w:rsidRDefault="00DF4962">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65ED8263" w14:textId="77777777" w:rsidR="00514442" w:rsidRDefault="00514442" w:rsidP="00E95587">
+    <w:p w14:paraId="5C2FD86E" w14:textId="77777777" w:rsidR="009B573C" w:rsidRDefault="009B573C" w:rsidP="00E95587">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="728EC8A1" w14:textId="77777777" w:rsidR="00514442" w:rsidRDefault="00514442" w:rsidP="00E95587">
+    <w:p w14:paraId="2F345836" w14:textId="77777777" w:rsidR="009B573C" w:rsidRDefault="009B573C" w:rsidP="00E95587">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CC0FC4B" w14:textId="2F01668A" w:rsidR="002F4E5D" w:rsidRPr="00E0262E" w:rsidRDefault="00343F7A" w:rsidP="00343F7A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1943"/>
         <w:tab w:val="center" w:pos="5400"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Franklin Gothic Book" w:cstheme="majorBidi"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Franklin Gothic Book" w:cstheme="majorBidi"/>
         <w:noProof/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
@@ -3314,60 +3313,50 @@
           <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Franklin Gothic Book" w:cstheme="majorBidi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:id w:val="77738743"/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00DF4962" w:rsidRPr="00E0262E">
           <w:rPr>
             <w:rFonts w:ascii="Franklin Gothic Book" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Franklin Gothic Book" w:cstheme="majorBidi"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>Employee Performance Review</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D0D6955"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4620B420"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4371,215 +4360,223 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="632951988">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="582111649">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1652978662">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1252006778">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="51539579">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1721249516">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="132"/>
+  <w:zoom w:percent="204"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00834AED"/>
     <w:rsid w:val="000074F3"/>
     <w:rsid w:val="000108C4"/>
     <w:rsid w:val="0001627C"/>
     <w:rsid w:val="00033CA3"/>
     <w:rsid w:val="00041D4B"/>
     <w:rsid w:val="0004426B"/>
     <w:rsid w:val="000525BD"/>
     <w:rsid w:val="0006315A"/>
     <w:rsid w:val="00063DF1"/>
     <w:rsid w:val="00073971"/>
     <w:rsid w:val="00074716"/>
     <w:rsid w:val="000777B2"/>
     <w:rsid w:val="00080AC3"/>
+    <w:rsid w:val="00085200"/>
     <w:rsid w:val="00093518"/>
     <w:rsid w:val="00093B8C"/>
     <w:rsid w:val="00094665"/>
     <w:rsid w:val="00095A1A"/>
     <w:rsid w:val="00096BD8"/>
     <w:rsid w:val="00096EE9"/>
     <w:rsid w:val="000A3121"/>
     <w:rsid w:val="000B7CE2"/>
     <w:rsid w:val="000C33D9"/>
     <w:rsid w:val="000D10F2"/>
     <w:rsid w:val="000D4CDA"/>
     <w:rsid w:val="000E0ADB"/>
     <w:rsid w:val="000E2B4C"/>
     <w:rsid w:val="000E4BC7"/>
     <w:rsid w:val="000E5077"/>
     <w:rsid w:val="000F2D54"/>
     <w:rsid w:val="000F7EA9"/>
     <w:rsid w:val="00105130"/>
     <w:rsid w:val="0011070F"/>
     <w:rsid w:val="00110ECA"/>
     <w:rsid w:val="0011248A"/>
     <w:rsid w:val="0011722A"/>
     <w:rsid w:val="001277C8"/>
     <w:rsid w:val="00131E53"/>
     <w:rsid w:val="0013636F"/>
     <w:rsid w:val="0014198C"/>
     <w:rsid w:val="00147F98"/>
     <w:rsid w:val="00171851"/>
     <w:rsid w:val="001952C7"/>
     <w:rsid w:val="001A11C1"/>
     <w:rsid w:val="001B162A"/>
     <w:rsid w:val="001C582B"/>
     <w:rsid w:val="001D097C"/>
     <w:rsid w:val="001D6CEC"/>
     <w:rsid w:val="001E1EA1"/>
     <w:rsid w:val="001E35AB"/>
     <w:rsid w:val="001E7DE4"/>
     <w:rsid w:val="001F3B75"/>
     <w:rsid w:val="001F7B29"/>
     <w:rsid w:val="0020127D"/>
+    <w:rsid w:val="002036A2"/>
     <w:rsid w:val="00204901"/>
     <w:rsid w:val="002055A2"/>
     <w:rsid w:val="00206F5A"/>
+    <w:rsid w:val="00211C69"/>
+    <w:rsid w:val="0021541D"/>
     <w:rsid w:val="00216E78"/>
+    <w:rsid w:val="00217468"/>
     <w:rsid w:val="00225CAE"/>
     <w:rsid w:val="00233199"/>
     <w:rsid w:val="0024294A"/>
     <w:rsid w:val="00244184"/>
     <w:rsid w:val="002541BB"/>
     <w:rsid w:val="00260B33"/>
     <w:rsid w:val="00260EFC"/>
     <w:rsid w:val="00262253"/>
     <w:rsid w:val="00262274"/>
     <w:rsid w:val="00262815"/>
     <w:rsid w:val="0026476A"/>
     <w:rsid w:val="00270D11"/>
     <w:rsid w:val="002738BE"/>
     <w:rsid w:val="00284339"/>
     <w:rsid w:val="00285C6F"/>
     <w:rsid w:val="00287123"/>
     <w:rsid w:val="0029755F"/>
     <w:rsid w:val="002A0F38"/>
     <w:rsid w:val="002A1936"/>
     <w:rsid w:val="002B100A"/>
+    <w:rsid w:val="002B5A5C"/>
     <w:rsid w:val="002B5FB2"/>
     <w:rsid w:val="002D778D"/>
     <w:rsid w:val="002D7E7D"/>
     <w:rsid w:val="002E17E1"/>
     <w:rsid w:val="002E222F"/>
     <w:rsid w:val="002E34B4"/>
     <w:rsid w:val="002E6B6D"/>
     <w:rsid w:val="002F2393"/>
     <w:rsid w:val="002F4E5D"/>
     <w:rsid w:val="0030253D"/>
     <w:rsid w:val="003036D5"/>
     <w:rsid w:val="00314C56"/>
     <w:rsid w:val="00315BF9"/>
     <w:rsid w:val="003172B6"/>
     <w:rsid w:val="003173CE"/>
     <w:rsid w:val="00320C2A"/>
     <w:rsid w:val="0032378B"/>
     <w:rsid w:val="003254C0"/>
+    <w:rsid w:val="00330022"/>
     <w:rsid w:val="0033095B"/>
     <w:rsid w:val="0033199E"/>
     <w:rsid w:val="00331BB7"/>
     <w:rsid w:val="00336CB0"/>
     <w:rsid w:val="00337491"/>
     <w:rsid w:val="00343F7A"/>
     <w:rsid w:val="0035225C"/>
     <w:rsid w:val="00353995"/>
     <w:rsid w:val="00354224"/>
     <w:rsid w:val="00354960"/>
     <w:rsid w:val="00363328"/>
     <w:rsid w:val="00365118"/>
     <w:rsid w:val="0036681C"/>
     <w:rsid w:val="0036728C"/>
     <w:rsid w:val="00373C03"/>
     <w:rsid w:val="00376BD1"/>
     <w:rsid w:val="00381A0D"/>
     <w:rsid w:val="00385886"/>
     <w:rsid w:val="0038650F"/>
     <w:rsid w:val="00391048"/>
     <w:rsid w:val="0039203E"/>
     <w:rsid w:val="00392487"/>
     <w:rsid w:val="0039588C"/>
     <w:rsid w:val="003A12BD"/>
     <w:rsid w:val="003A31ED"/>
     <w:rsid w:val="003A78C1"/>
     <w:rsid w:val="003B2BEE"/>
     <w:rsid w:val="003B3033"/>
     <w:rsid w:val="003B4F10"/>
     <w:rsid w:val="003B6E4E"/>
     <w:rsid w:val="003C0229"/>
     <w:rsid w:val="003C5035"/>
     <w:rsid w:val="003D14DE"/>
     <w:rsid w:val="003D1585"/>
     <w:rsid w:val="003D4B1A"/>
     <w:rsid w:val="003E5859"/>
     <w:rsid w:val="003E5AA4"/>
     <w:rsid w:val="003F1840"/>
     <w:rsid w:val="003F5298"/>
     <w:rsid w:val="00411309"/>
     <w:rsid w:val="00413207"/>
     <w:rsid w:val="004226D5"/>
     <w:rsid w:val="00422D11"/>
     <w:rsid w:val="004243B9"/>
     <w:rsid w:val="004245DA"/>
+    <w:rsid w:val="0042623C"/>
     <w:rsid w:val="00427368"/>
     <w:rsid w:val="00442789"/>
     <w:rsid w:val="00443D78"/>
     <w:rsid w:val="004520D7"/>
     <w:rsid w:val="00473E7C"/>
     <w:rsid w:val="0047410E"/>
     <w:rsid w:val="00481277"/>
     <w:rsid w:val="00486751"/>
     <w:rsid w:val="00487CFA"/>
     <w:rsid w:val="00497215"/>
     <w:rsid w:val="004B0D4A"/>
     <w:rsid w:val="004B0DFC"/>
     <w:rsid w:val="004B1158"/>
     <w:rsid w:val="004B428E"/>
     <w:rsid w:val="004B7D38"/>
     <w:rsid w:val="004C06C4"/>
     <w:rsid w:val="004D3792"/>
     <w:rsid w:val="004D5250"/>
     <w:rsid w:val="004E787D"/>
     <w:rsid w:val="004F2CD0"/>
     <w:rsid w:val="005014E9"/>
     <w:rsid w:val="00502045"/>
     <w:rsid w:val="00502E4B"/>
     <w:rsid w:val="0050312B"/>
     <w:rsid w:val="00514442"/>
@@ -4591,127 +4588,132 @@
     <w:rsid w:val="00532904"/>
     <w:rsid w:val="005409D2"/>
     <w:rsid w:val="005418D3"/>
     <w:rsid w:val="005451BC"/>
     <w:rsid w:val="0054537E"/>
     <w:rsid w:val="00546331"/>
     <w:rsid w:val="00552E69"/>
     <w:rsid w:val="005612CF"/>
     <w:rsid w:val="0056656E"/>
     <w:rsid w:val="00590EFF"/>
     <w:rsid w:val="00593675"/>
     <w:rsid w:val="005A1311"/>
     <w:rsid w:val="005A4F6F"/>
     <w:rsid w:val="005A5520"/>
     <w:rsid w:val="005A6386"/>
     <w:rsid w:val="005B1495"/>
     <w:rsid w:val="005B1D02"/>
     <w:rsid w:val="005B27F4"/>
     <w:rsid w:val="005B28E6"/>
     <w:rsid w:val="005B29E5"/>
     <w:rsid w:val="005B347D"/>
     <w:rsid w:val="005B765E"/>
     <w:rsid w:val="005C0D75"/>
     <w:rsid w:val="005C260A"/>
     <w:rsid w:val="005C4142"/>
+    <w:rsid w:val="005C62E9"/>
     <w:rsid w:val="005C7A27"/>
     <w:rsid w:val="005D2042"/>
     <w:rsid w:val="005D2C35"/>
     <w:rsid w:val="005E416E"/>
     <w:rsid w:val="00603712"/>
     <w:rsid w:val="0060514C"/>
     <w:rsid w:val="00605EB4"/>
     <w:rsid w:val="00612C72"/>
     <w:rsid w:val="00627462"/>
     <w:rsid w:val="00634363"/>
     <w:rsid w:val="0063552C"/>
+    <w:rsid w:val="006368EA"/>
     <w:rsid w:val="00637437"/>
     <w:rsid w:val="00644194"/>
     <w:rsid w:val="00651940"/>
     <w:rsid w:val="006525AB"/>
     <w:rsid w:val="00653719"/>
     <w:rsid w:val="00657646"/>
     <w:rsid w:val="00657CD6"/>
     <w:rsid w:val="00662029"/>
     <w:rsid w:val="00663815"/>
     <w:rsid w:val="00671355"/>
     <w:rsid w:val="0067267C"/>
     <w:rsid w:val="00672A9C"/>
     <w:rsid w:val="00677C81"/>
     <w:rsid w:val="00677D9C"/>
     <w:rsid w:val="00677D9D"/>
     <w:rsid w:val="006820AC"/>
     <w:rsid w:val="006830C3"/>
     <w:rsid w:val="00685183"/>
     <w:rsid w:val="00691909"/>
     <w:rsid w:val="00696E58"/>
     <w:rsid w:val="006A581B"/>
     <w:rsid w:val="006B2834"/>
     <w:rsid w:val="006C53B3"/>
     <w:rsid w:val="006C58C9"/>
     <w:rsid w:val="006D33B4"/>
     <w:rsid w:val="006D3688"/>
     <w:rsid w:val="006D74F8"/>
     <w:rsid w:val="006E5C44"/>
     <w:rsid w:val="006F0271"/>
     <w:rsid w:val="006F2EE1"/>
     <w:rsid w:val="006F2EE5"/>
     <w:rsid w:val="00701724"/>
     <w:rsid w:val="00701F09"/>
     <w:rsid w:val="0070209F"/>
     <w:rsid w:val="00712DA6"/>
     <w:rsid w:val="0072357B"/>
     <w:rsid w:val="00724B55"/>
     <w:rsid w:val="00731106"/>
+    <w:rsid w:val="0073531C"/>
     <w:rsid w:val="007503B3"/>
     <w:rsid w:val="007568B1"/>
     <w:rsid w:val="007618F1"/>
     <w:rsid w:val="00767CD3"/>
     <w:rsid w:val="00782D2E"/>
     <w:rsid w:val="0078315F"/>
     <w:rsid w:val="00784C87"/>
     <w:rsid w:val="00795544"/>
     <w:rsid w:val="007974D1"/>
     <w:rsid w:val="007A22B2"/>
     <w:rsid w:val="007B1F3F"/>
+    <w:rsid w:val="007B277A"/>
     <w:rsid w:val="007B4444"/>
     <w:rsid w:val="007C1821"/>
     <w:rsid w:val="007C1C93"/>
     <w:rsid w:val="007C307F"/>
     <w:rsid w:val="007C46CD"/>
     <w:rsid w:val="007D0E5E"/>
     <w:rsid w:val="007D2C88"/>
     <w:rsid w:val="007D4E23"/>
     <w:rsid w:val="007D70B1"/>
     <w:rsid w:val="007E2717"/>
     <w:rsid w:val="007E30E9"/>
     <w:rsid w:val="00801D40"/>
     <w:rsid w:val="00807233"/>
     <w:rsid w:val="0081253D"/>
     <w:rsid w:val="0081590B"/>
     <w:rsid w:val="008344B2"/>
     <w:rsid w:val="00834AED"/>
+    <w:rsid w:val="00834CD3"/>
     <w:rsid w:val="00835E73"/>
     <w:rsid w:val="00837545"/>
     <w:rsid w:val="00837BB7"/>
     <w:rsid w:val="008418A0"/>
     <w:rsid w:val="00841915"/>
     <w:rsid w:val="00844796"/>
     <w:rsid w:val="0085187C"/>
     <w:rsid w:val="0085387B"/>
     <w:rsid w:val="00853F2C"/>
     <w:rsid w:val="00856C1A"/>
     <w:rsid w:val="00857D44"/>
     <w:rsid w:val="00863EE7"/>
     <w:rsid w:val="00864E09"/>
     <w:rsid w:val="0086601C"/>
     <w:rsid w:val="00873563"/>
     <w:rsid w:val="00874CD3"/>
     <w:rsid w:val="00875C6B"/>
     <w:rsid w:val="0087699B"/>
     <w:rsid w:val="00881723"/>
     <w:rsid w:val="00881CDD"/>
     <w:rsid w:val="00884C36"/>
     <w:rsid w:val="0088556F"/>
     <w:rsid w:val="00885EE3"/>
     <w:rsid w:val="0089062D"/>
     <w:rsid w:val="00893D8B"/>
@@ -4735,265 +4737,273 @@
     <w:rsid w:val="0091587E"/>
     <w:rsid w:val="00915B4E"/>
     <w:rsid w:val="009160A9"/>
     <w:rsid w:val="00923E14"/>
     <w:rsid w:val="00924670"/>
     <w:rsid w:val="00927271"/>
     <w:rsid w:val="0093265F"/>
     <w:rsid w:val="00935A2E"/>
     <w:rsid w:val="009467C7"/>
     <w:rsid w:val="009544BD"/>
     <w:rsid w:val="009575D1"/>
     <w:rsid w:val="0096626D"/>
     <w:rsid w:val="009671BC"/>
     <w:rsid w:val="009671F7"/>
     <w:rsid w:val="00972EC9"/>
     <w:rsid w:val="0097567A"/>
     <w:rsid w:val="009762A6"/>
     <w:rsid w:val="00982FAB"/>
     <w:rsid w:val="009854EB"/>
     <w:rsid w:val="00990357"/>
     <w:rsid w:val="00990A16"/>
     <w:rsid w:val="00990C93"/>
     <w:rsid w:val="009912C0"/>
     <w:rsid w:val="00994013"/>
     <w:rsid w:val="009B2F84"/>
+    <w:rsid w:val="009B573C"/>
     <w:rsid w:val="009D2A11"/>
     <w:rsid w:val="009F43E8"/>
     <w:rsid w:val="009F7F59"/>
     <w:rsid w:val="00A04883"/>
     <w:rsid w:val="00A071EF"/>
     <w:rsid w:val="00A24D5D"/>
     <w:rsid w:val="00A275A4"/>
     <w:rsid w:val="00A31D18"/>
     <w:rsid w:val="00A33948"/>
     <w:rsid w:val="00A3601A"/>
     <w:rsid w:val="00A36D6A"/>
     <w:rsid w:val="00A54444"/>
     <w:rsid w:val="00A54B78"/>
     <w:rsid w:val="00A64D2B"/>
     <w:rsid w:val="00A65128"/>
     <w:rsid w:val="00A6545A"/>
     <w:rsid w:val="00A70A9A"/>
     <w:rsid w:val="00A723CD"/>
     <w:rsid w:val="00A758FF"/>
     <w:rsid w:val="00A81B9E"/>
     <w:rsid w:val="00A81C35"/>
     <w:rsid w:val="00A9265A"/>
     <w:rsid w:val="00AB1144"/>
     <w:rsid w:val="00AB2557"/>
     <w:rsid w:val="00AC07FC"/>
     <w:rsid w:val="00AC64BF"/>
     <w:rsid w:val="00AC7BFD"/>
     <w:rsid w:val="00AD2BF8"/>
     <w:rsid w:val="00AD51AF"/>
     <w:rsid w:val="00AD7312"/>
     <w:rsid w:val="00AE7548"/>
     <w:rsid w:val="00AF2357"/>
     <w:rsid w:val="00AF5ACF"/>
     <w:rsid w:val="00AF6BA5"/>
     <w:rsid w:val="00B0260C"/>
     <w:rsid w:val="00B0580A"/>
     <w:rsid w:val="00B11C64"/>
     <w:rsid w:val="00B12E67"/>
     <w:rsid w:val="00B22744"/>
+    <w:rsid w:val="00B25680"/>
     <w:rsid w:val="00B25BC2"/>
     <w:rsid w:val="00B302C9"/>
     <w:rsid w:val="00B31F9A"/>
     <w:rsid w:val="00B33AFD"/>
     <w:rsid w:val="00B42135"/>
+    <w:rsid w:val="00B43F16"/>
     <w:rsid w:val="00B45412"/>
     <w:rsid w:val="00B4600E"/>
     <w:rsid w:val="00B51A6A"/>
     <w:rsid w:val="00B74666"/>
     <w:rsid w:val="00B771F7"/>
     <w:rsid w:val="00B776AF"/>
     <w:rsid w:val="00B82841"/>
     <w:rsid w:val="00B84F22"/>
+    <w:rsid w:val="00B8543A"/>
     <w:rsid w:val="00B87134"/>
     <w:rsid w:val="00B9150C"/>
     <w:rsid w:val="00B969E6"/>
     <w:rsid w:val="00BA546A"/>
     <w:rsid w:val="00BB068E"/>
     <w:rsid w:val="00BB5879"/>
     <w:rsid w:val="00BB58E9"/>
     <w:rsid w:val="00BB6E42"/>
     <w:rsid w:val="00BB7826"/>
     <w:rsid w:val="00BB7AAD"/>
     <w:rsid w:val="00BC10A6"/>
     <w:rsid w:val="00BC69BA"/>
     <w:rsid w:val="00BD2861"/>
     <w:rsid w:val="00BD3A53"/>
     <w:rsid w:val="00BD769C"/>
     <w:rsid w:val="00BE00CF"/>
     <w:rsid w:val="00BF0F4D"/>
     <w:rsid w:val="00BF105B"/>
     <w:rsid w:val="00C00C5B"/>
     <w:rsid w:val="00C02FA2"/>
     <w:rsid w:val="00C06C3A"/>
     <w:rsid w:val="00C1036B"/>
     <w:rsid w:val="00C14BE6"/>
     <w:rsid w:val="00C253E8"/>
     <w:rsid w:val="00C262F5"/>
     <w:rsid w:val="00C26D92"/>
     <w:rsid w:val="00C40311"/>
     <w:rsid w:val="00C43991"/>
     <w:rsid w:val="00C44899"/>
     <w:rsid w:val="00C47663"/>
     <w:rsid w:val="00C50FA4"/>
     <w:rsid w:val="00C51736"/>
     <w:rsid w:val="00C528DC"/>
     <w:rsid w:val="00C701A4"/>
     <w:rsid w:val="00C722D2"/>
     <w:rsid w:val="00C742AC"/>
     <w:rsid w:val="00C90872"/>
+    <w:rsid w:val="00C9095E"/>
     <w:rsid w:val="00C97C4E"/>
     <w:rsid w:val="00CA18FD"/>
     <w:rsid w:val="00CB022C"/>
     <w:rsid w:val="00CB5FC3"/>
     <w:rsid w:val="00CB7964"/>
     <w:rsid w:val="00CC2E19"/>
     <w:rsid w:val="00CC7B56"/>
     <w:rsid w:val="00CD198B"/>
     <w:rsid w:val="00CD56C3"/>
     <w:rsid w:val="00CE1128"/>
     <w:rsid w:val="00CE6064"/>
     <w:rsid w:val="00CF1DC4"/>
     <w:rsid w:val="00CF3F63"/>
     <w:rsid w:val="00D022C1"/>
     <w:rsid w:val="00D048AA"/>
     <w:rsid w:val="00D130D4"/>
     <w:rsid w:val="00D3390E"/>
     <w:rsid w:val="00D42495"/>
     <w:rsid w:val="00D477DA"/>
     <w:rsid w:val="00D63F10"/>
     <w:rsid w:val="00D646EF"/>
     <w:rsid w:val="00D660B8"/>
     <w:rsid w:val="00D70D6C"/>
     <w:rsid w:val="00D73D75"/>
     <w:rsid w:val="00D929E7"/>
     <w:rsid w:val="00D92F2F"/>
     <w:rsid w:val="00DA143F"/>
     <w:rsid w:val="00DA3E2F"/>
     <w:rsid w:val="00DA5011"/>
     <w:rsid w:val="00DA5CA3"/>
     <w:rsid w:val="00DA6D0E"/>
     <w:rsid w:val="00DB3C36"/>
     <w:rsid w:val="00DB4255"/>
     <w:rsid w:val="00DB6A83"/>
     <w:rsid w:val="00DC1863"/>
     <w:rsid w:val="00DD069F"/>
     <w:rsid w:val="00DD1BCE"/>
     <w:rsid w:val="00DD61C4"/>
     <w:rsid w:val="00DD6AE4"/>
     <w:rsid w:val="00DE4F7C"/>
     <w:rsid w:val="00DE7723"/>
     <w:rsid w:val="00DF1726"/>
     <w:rsid w:val="00DF1C93"/>
     <w:rsid w:val="00DF4962"/>
     <w:rsid w:val="00DF501D"/>
     <w:rsid w:val="00DF76C2"/>
     <w:rsid w:val="00E0262E"/>
     <w:rsid w:val="00E048D9"/>
+    <w:rsid w:val="00E05C2A"/>
     <w:rsid w:val="00E15DCC"/>
     <w:rsid w:val="00E31414"/>
     <w:rsid w:val="00E36603"/>
     <w:rsid w:val="00E45571"/>
     <w:rsid w:val="00E5499B"/>
     <w:rsid w:val="00E674D0"/>
     <w:rsid w:val="00E67A22"/>
     <w:rsid w:val="00E769EA"/>
     <w:rsid w:val="00E8366D"/>
     <w:rsid w:val="00E91680"/>
     <w:rsid w:val="00E919BF"/>
     <w:rsid w:val="00E9463F"/>
     <w:rsid w:val="00E95587"/>
     <w:rsid w:val="00EA418E"/>
     <w:rsid w:val="00EB017D"/>
     <w:rsid w:val="00EB56FF"/>
     <w:rsid w:val="00ED093F"/>
     <w:rsid w:val="00ED1520"/>
     <w:rsid w:val="00ED2A94"/>
     <w:rsid w:val="00EE2CCB"/>
     <w:rsid w:val="00EF045E"/>
     <w:rsid w:val="00EF438F"/>
     <w:rsid w:val="00F029EC"/>
     <w:rsid w:val="00F03C40"/>
     <w:rsid w:val="00F25D92"/>
     <w:rsid w:val="00F3436A"/>
     <w:rsid w:val="00F34E41"/>
     <w:rsid w:val="00F37846"/>
     <w:rsid w:val="00F4256F"/>
     <w:rsid w:val="00F527EE"/>
     <w:rsid w:val="00F5296E"/>
     <w:rsid w:val="00F54EC0"/>
     <w:rsid w:val="00F57F67"/>
     <w:rsid w:val="00F66E28"/>
     <w:rsid w:val="00F70ADA"/>
     <w:rsid w:val="00F711DA"/>
     <w:rsid w:val="00F74355"/>
     <w:rsid w:val="00F87590"/>
     <w:rsid w:val="00F9431B"/>
     <w:rsid w:val="00F94334"/>
     <w:rsid w:val="00F956FD"/>
     <w:rsid w:val="00FA1559"/>
     <w:rsid w:val="00FA7D7B"/>
     <w:rsid w:val="00FB1C46"/>
     <w:rsid w:val="00FB3414"/>
     <w:rsid w:val="00FB5444"/>
     <w:rsid w:val="00FC3046"/>
+    <w:rsid w:val="00FC35ED"/>
     <w:rsid w:val="00FC7ADD"/>
+    <w:rsid w:val="00FE2DFC"/>
     <w:rsid w:val="00FF0939"/>
     <w:rsid w:val="00FF493B"/>
     <w:rsid w:val="00FF64D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70092996"/>
-  <w15:docId w15:val="{52CC4F13-5ACE-47EC-A491-B0C375719356}"/>
+  <w15:docId w15:val="{97C048E9-7BCC-4441-A53B-82414D718EAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5564,87 +5574,87 @@
     <w:div w:id="2142527138">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="167065796">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="105"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1457485446">
+        <w:div w:id="288979703">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
-          <w:marTop w:val="0"/>
+          <w:marTop w:val="105"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="288979703">
+        <w:div w:id="1457485446">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
-          <w:marTop w:val="105"/>
+          <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5910,75 +5920,78 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9374C1C-F81F-4159-882D-36343ADD6AA8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>343</Words>
-  <Characters>2589</Characters>
+  <Words>414</Words>
+  <Characters>3011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
-  <Paragraphs>56</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Employee Performance Review</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NDUS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2882</CharactersWithSpaces>
+  <CharactersWithSpaces>3358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Employee Performance Review</dc:title>
+  <dc:subject/>
   <dc:creator>NDUS</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>2a3d7bbb5c6809102c3c7bd6b13e0dfb22c24d7a08471bbdbb3bde765a9459b6</vt:lpwstr>
   </property>
 </Properties>
 </file>